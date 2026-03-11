--- v0 (2025-12-31)
+++ v1 (2026-03-11)
@@ -1041,60 +1041,60 @@
       </c>
       <c r="I10">
         <v>2.94</v>
       </c>
       <c r="J10" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>162</v>
       </c>
       <c r="B11">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G11">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="H11">
         <v>6</v>
       </c>
       <c r="I11">
-        <v>3.38</v>
+        <v>3.37</v>
       </c>
       <c r="J11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>163</v>
       </c>
       <c r="B12">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>38</v>
       </c>
       <c r="D12" t="s">
         <v>39</v>
       </c>
       <c r="E12">
         <v>2</v>
       </c>
       <c r="F12">
         <v>1</v>
       </c>
       <c r="H12">
@@ -1688,60 +1688,60 @@
       </c>
       <c r="I32">
         <v>4.0</v>
       </c>
       <c r="J32" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33">
         <v>424</v>
       </c>
       <c r="B33">
         <v>31</v>
       </c>
       <c r="C33" t="s">
         <v>70</v>
       </c>
       <c r="D33" t="s">
         <v>71</v>
       </c>
       <c r="E33">
         <v>12</v>
       </c>
       <c r="F33">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G33">
         <v>152</v>
       </c>
       <c r="H33">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I33">
-        <v>2.45</v>
+        <v>2.49</v>
       </c>
       <c r="J33" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34">
         <v>444</v>
       </c>
       <c r="B34">
         <v>1</v>
       </c>
       <c r="C34" t="s">
         <v>15</v>
       </c>
       <c r="D34" t="s">
         <v>73</v>
       </c>
       <c r="E34">
         <v>12</v>
       </c>
       <c r="F34">
         <v>1</v>
       </c>
       <c r="G34">